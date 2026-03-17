--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : Kinerja Satuan Polisi Pamong Praja</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
@@ -204,78 +204,96 @@
   <si>
     <t>1.888,00</t>
   </si>
   <si>
     <t>1.220,00</t>
   </si>
   <si>
     <t>kejadian</t>
   </si>
   <si>
     <t>003.02</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah pelanggaran PERDA </t>
   </si>
   <si>
     <t>123,00</t>
   </si>
   <si>
     <t>004</t>
   </si>
   <si>
     <t>Indeks Ketentraman dan Ketertiban</t>
   </si>
   <si>
-    <t>-</t>
+    <t>87,00</t>
+  </si>
+  <si>
+    <t>87,11</t>
   </si>
   <si>
     <t>86,65</t>
   </si>
   <si>
     <t>86,04</t>
   </si>
   <si>
     <t>85,58</t>
   </si>
   <si>
     <t>indeks</t>
   </si>
   <si>
     <t>005</t>
   </si>
   <si>
     <t>Persentase Capaian SPM Bidang Ketenteraman, Ketertiban Umum, dan Perlindungan Masyarakat terkait Pemadam Kebakaran</t>
   </si>
   <si>
+    <t>91,53</t>
+  </si>
+  <si>
+    <t>94,80</t>
+  </si>
+  <si>
+    <t>96,84</t>
+  </si>
+  <si>
     <t>99,71</t>
   </si>
   <si>
     <t>006</t>
   </si>
   <si>
     <t>Persentase Capaian SPM Bidang Ketenteraman, Ketertiban Umum, dan Perlindungan Masyarakat</t>
+  </si>
+  <si>
+    <t>97,50</t>
+  </si>
+  <si>
+    <t>95,00</t>
   </si>
   <si>
     <t>96,15</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -1261,144 +1279,144 @@
       </c>
       <c r="I17" s="14" t="s">
         <v>57</v>
       </c>
       <c r="J17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="12" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F18" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G18" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H18" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K18" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="F19" s="15" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="G19" s="15" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="H19" s="15" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="12" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="13" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="F20" s="15" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="G20" s="15" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="H20" s="15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>14</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>15</v>
       </c>
       <c r="K20" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="7"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>