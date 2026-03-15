--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : Kinerja Dinas Lingkungan Hidup, Kebersihan dan Pertamanan</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
@@ -87,267 +87,306 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>Dinas Lingkungan Hidup, Kebersihan dan Pertamanan</t>
   </si>
   <si>
     <t>001.01</t>
   </si>
   <si>
     <t xml:space="preserve">        Luas RTH Publik yang seharusnya = 20 % dari Luas Kota</t>
   </si>
   <si>
     <t>123.081,00</t>
   </si>
   <si>
     <t>1.231,00</t>
   </si>
   <si>
+    <t>1.231,00 *</t>
+  </si>
+  <si>
     <t>ha</t>
   </si>
   <si>
     <t>001.02</t>
   </si>
   <si>
     <t xml:space="preserve">        Luas RTH Publik</t>
   </si>
   <si>
     <t>1.043.290,00</t>
   </si>
   <si>
     <t>1.045,00</t>
   </si>
   <si>
     <t>1.048,52</t>
   </si>
   <si>
+    <t>1.048,52 *</t>
+  </si>
+  <si>
     <t>002</t>
   </si>
   <si>
     <t>Indeks Kualitas Air</t>
   </si>
   <si>
     <t>62,22</t>
   </si>
   <si>
     <t>65,56</t>
   </si>
   <si>
     <t>67,42</t>
   </si>
   <si>
     <t>68,00</t>
   </si>
   <si>
+    <t>68,87</t>
+  </si>
+  <si>
     <t>indeks</t>
   </si>
   <si>
     <t>003</t>
   </si>
   <si>
     <t>Indeks Kualitas Udara</t>
   </si>
   <si>
     <t>92,27</t>
   </si>
   <si>
     <t>93,03</t>
   </si>
   <si>
     <t>93,07</t>
   </si>
   <si>
     <t>94,31</t>
   </si>
   <si>
+    <t>67,94</t>
+  </si>
+  <si>
     <t>004</t>
   </si>
   <si>
     <t>Indeks Kualitas Tutupan Lahan</t>
   </si>
   <si>
     <t>45,64</t>
   </si>
   <si>
     <t>45,67</t>
   </si>
   <si>
     <t>45,99</t>
   </si>
   <si>
+    <t>44,96</t>
+  </si>
+  <si>
     <t>005</t>
   </si>
   <si>
     <t>Timbulan Sampah yang Terkelola</t>
   </si>
   <si>
     <t>98,85</t>
   </si>
   <si>
     <t>99,00</t>
   </si>
   <si>
+    <t>95,54 *</t>
+  </si>
+  <si>
     <t>005.01</t>
   </si>
   <si>
     <t xml:space="preserve">        jumlah volume sampah yang ditangani</t>
   </si>
   <si>
     <t>137.240,00</t>
   </si>
   <si>
     <t>138.700,00</t>
   </si>
   <si>
     <t>140.160,00</t>
   </si>
   <si>
+    <t>61.969,20 *</t>
+  </si>
+  <si>
     <t>m3</t>
   </si>
   <si>
     <t>005.02</t>
   </si>
   <si>
     <t xml:space="preserve">        jumlah volume sampah</t>
   </si>
   <si>
     <t>138.837,00</t>
   </si>
   <si>
     <t>139.831,00</t>
   </si>
   <si>
     <t>140.084,00</t>
   </si>
   <si>
     <t>141.509,00</t>
   </si>
   <si>
+    <t>64.911,66 *</t>
+  </si>
+  <si>
     <t>006</t>
   </si>
   <si>
     <t>Indeks Kualitas Lingkungan Hidup</t>
   </si>
   <si>
     <t>64,60</t>
   </si>
   <si>
     <t>65,83</t>
   </si>
   <si>
     <t>66,54</t>
   </si>
   <si>
     <t>67,09</t>
   </si>
   <si>
+    <t>63,26</t>
+  </si>
+  <si>
     <t>007</t>
   </si>
   <si>
     <t>Persentase Capaian Pelayanan Persampahan Kota</t>
   </si>
   <si>
     <t>99,19</t>
   </si>
   <si>
     <t>99,01</t>
   </si>
   <si>
     <t>99,05</t>
   </si>
   <si>
     <t>008</t>
   </si>
   <si>
     <t>Timbulan Sampah Terolah di Fasilitas Pengolahan Sampah</t>
   </si>
   <si>
     <t>1,08</t>
   </si>
   <si>
     <t>1,04</t>
   </si>
   <si>
     <t>0,98</t>
   </si>
   <si>
     <t>0,72</t>
   </si>
   <si>
+    <t>6,13 *</t>
+  </si>
+  <si>
     <t>009</t>
   </si>
   <si>
     <t>Proporsi Rumah Tangga (RT) dengan Layanan Penuh Pengumpulan Sampah</t>
   </si>
   <si>
     <t>78,04</t>
   </si>
   <si>
     <t>77,52</t>
   </si>
   <si>
     <t>85,03</t>
   </si>
   <si>
     <t>89,98</t>
   </si>
   <si>
+    <t>92,14 *</t>
+  </si>
+  <si>
     <t>010</t>
   </si>
   <si>
     <t xml:space="preserve">Penurunan Emisi Gas Rumah Kaca Kumulatif </t>
   </si>
   <si>
     <t>614.006,17</t>
   </si>
   <si>
     <t>1.238.712,29</t>
   </si>
   <si>
     <t>1.247.527,31</t>
   </si>
   <si>
     <t>1.247.635,36</t>
   </si>
   <si>
     <t>011</t>
   </si>
   <si>
     <t>Persentase Penurunan Emisi GRK (%) - Tahunan;</t>
   </si>
   <si>
     <t>012</t>
   </si>
   <si>
     <t>Persentase Timbulan Sampah yang Ditangani</t>
+  </si>
+  <si>
+    <t>89,84</t>
+  </si>
+  <si>
+    <t>95,47 *</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -376,78 +415,98 @@
         <color rgb="FFFFC000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Sangat Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">| n/a Tidak ada</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="3">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFe51c23"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFe51c23"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -486,101 +545,107 @@
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="20">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="4" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1058,556 +1123,556 @@
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="16" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="H10" s="16" t="s">
-        <v>16</v>
+      <c r="H10" s="18" t="s">
+        <v>24</v>
       </c>
       <c r="I10" s="14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J10" s="14" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" s="16" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" s="16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F11" s="16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G11" s="16" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>30</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>31</v>
       </c>
       <c r="I11" s="14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J11" s="14" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B12" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F12" s="15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G12" s="15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H12" s="15" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="12" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="I13" s="13" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="12" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B14" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F14" s="15" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G14" s="15" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="H14" s="15" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="12" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F15" s="15" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G15" s="15" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>56</v>
+      </c>
+      <c r="H15" s="19" t="s">
+        <v>57</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="1" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="14" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D16" s="16" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E16" s="16" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="F16" s="16" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G16" s="16" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="H16" s="18" t="s">
+        <v>63</v>
       </c>
       <c r="I16" s="14" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="J16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D17" s="16" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="E17" s="16" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="F17" s="16" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G17" s="16" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>70</v>
+      </c>
+      <c r="H17" s="18" t="s">
+        <v>71</v>
       </c>
       <c r="I17" s="14" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="J17" s="14" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="12" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="13" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="F18" s="15" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="G18" s="15" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H18" s="15" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="12" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="F19" s="15" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G19" s="15" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>83</v>
+      </c>
+      <c r="H19" s="19" t="s">
+        <v>57</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="12" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="13" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F20" s="15" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G20" s="15" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>89</v>
+      </c>
+      <c r="H20" s="19" t="s">
+        <v>90</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="12" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="13" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="F21" s="15" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="G21" s="15" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>96</v>
+      </c>
+      <c r="H21" s="19" t="s">
+        <v>97</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="12" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="F22" s="15" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="G22" s="15" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="12" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="13" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="15" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="15" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="12" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="13" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="15" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="15" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>108</v>
+      </c>
+      <c r="H24" s="19" t="s">
+        <v>109</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
       <c r="D25" s="17"/>
       <c r="E25" s="17"/>
       <c r="F25" s="17"/>
       <c r="G25" s="17"/>
       <c r="H25" s="17"/>
       <c r="I25" s="6"/>
       <c r="J25" s="6"/>
       <c r="K25" s="7"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A25:K25"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>