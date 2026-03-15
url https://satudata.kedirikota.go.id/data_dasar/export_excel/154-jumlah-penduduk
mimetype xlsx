--- v0 (2025-12-14)
+++ v1 (2026-03-15)
@@ -1,192 +1,205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : Jumlah Penduduk</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
     <t>Sumber Data</t>
   </si>
   <si>
     <t>001</t>
   </si>
   <si>
     <t>ADMINISTRASI KEPENDUDUKAN DAN PENCATATAN SIPIL</t>
   </si>
   <si>
     <t>Jumlah Penduduk Awal Tahun</t>
   </si>
   <si>
     <t>294.950,00</t>
   </si>
   <si>
     <t>292.262,00</t>
   </si>
   <si>
     <t>294.692,00</t>
   </si>
   <si>
     <t>298.820,00</t>
   </si>
   <si>
+    <t>301.424,00</t>
+  </si>
+  <si>
+    <t>jiwa</t>
+  </si>
+  <si>
+    <t>Tahunan</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>001.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">        Kecamatan Mojoroto</t>
+  </si>
+  <si>
+    <t>112.545,00</t>
+  </si>
+  <si>
+    <t>112.237,00</t>
+  </si>
+  <si>
+    <t>114.087,00</t>
+  </si>
+  <si>
+    <t>116.071,00</t>
+  </si>
+  <si>
+    <t>117.448,00</t>
+  </si>
+  <si>
+    <t>Dinas Kependudukan Dan Pencatatan Sipil</t>
+  </si>
+  <si>
+    <t>001.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">        Kecamatan Kota</t>
+  </si>
+  <si>
+    <t>91.276,00</t>
+  </si>
+  <si>
+    <t>89.833,00</t>
+  </si>
+  <si>
+    <t>89.662,00</t>
+  </si>
+  <si>
+    <t>90.513,00</t>
+  </si>
+  <si>
+    <t>90.896,00</t>
+  </si>
+  <si>
+    <t>001.03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">        Kecamatan Pesantren</t>
+  </si>
+  <si>
+    <t>91.129,00</t>
+  </si>
+  <si>
+    <t>90.192,00</t>
+  </si>
+  <si>
+    <t>90.943,00</t>
+  </si>
+  <si>
+    <t>92.236,00</t>
+  </si>
+  <si>
+    <t>93.080,00</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>Jumlah Penduduk Lahir</t>
+  </si>
+  <si>
+    <t>3.303,00</t>
+  </si>
+  <si>
+    <t>0,00 *</t>
+  </si>
+  <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>jiwa</t>
-[...76 lines deleted...]
-  <si>
     <t>002.01</t>
   </si>
   <si>
     <t>1.328,00</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>002.02</t>
   </si>
   <si>
     <t>935,00</t>
   </si>
   <si>
     <t>002.03</t>
   </si>
   <si>
     <t>1.040,00</t>
   </si>
   <si>
     <t>003</t>
   </si>
   <si>
     <t>Jumlah Penduduk Mati</t>
@@ -203,302 +216,359 @@
   <si>
     <t>003.02</t>
   </si>
   <si>
     <t>1.044,00</t>
   </si>
   <si>
     <t>003.03</t>
   </si>
   <si>
     <t>953,00</t>
   </si>
   <si>
     <t>004</t>
   </si>
   <si>
     <t>Jumlah Penduduk Datang</t>
   </si>
   <si>
     <t>4.861,00</t>
   </si>
   <si>
     <t>7.843,00</t>
   </si>
   <si>
+    <t>8.274,00</t>
+  </si>
+  <si>
     <t>004.01</t>
   </si>
   <si>
     <t>2.105,00</t>
   </si>
   <si>
     <t>3.529,00</t>
   </si>
   <si>
+    <t>3.418,00</t>
+  </si>
+  <si>
     <t>004.02</t>
   </si>
   <si>
     <t>1.387,00</t>
   </si>
   <si>
     <t>2.234,00</t>
   </si>
   <si>
+    <t>2.440,00</t>
+  </si>
+  <si>
     <t>004.03</t>
   </si>
   <si>
     <t>1.369,00</t>
   </si>
   <si>
     <t>2.080,00</t>
   </si>
   <si>
+    <t>2.416,00</t>
+  </si>
+  <si>
     <t>005</t>
   </si>
   <si>
     <t>Jumlah Penduduk Pindah</t>
   </si>
   <si>
     <t>3.831,00</t>
   </si>
   <si>
     <t>6.589,00</t>
   </si>
   <si>
+    <t>8.168,00</t>
+  </si>
+  <si>
     <t>005.01</t>
   </si>
   <si>
     <t>1.536,00</t>
   </si>
   <si>
     <t>2.779,00</t>
   </si>
   <si>
+    <t>3.490,00</t>
+  </si>
+  <si>
     <t>005.02</t>
   </si>
   <si>
     <t>1.225,00</t>
   </si>
   <si>
     <t>2.100,00</t>
   </si>
   <si>
+    <t>2.455,00</t>
+  </si>
+  <si>
     <t>005.03</t>
   </si>
   <si>
     <t>1.070,00</t>
   </si>
   <si>
     <t>1.710,00</t>
   </si>
   <si>
+    <t>2.223,00</t>
+  </si>
+  <si>
     <t>006</t>
   </si>
   <si>
     <t>Jumlah Penduduk Akhir Tahun</t>
   </si>
   <si>
     <t>292.597,00</t>
   </si>
   <si>
     <t>296.792,00</t>
   </si>
   <si>
     <t>301.326,00</t>
   </si>
   <si>
+    <t>302.010,00</t>
+  </si>
+  <si>
     <t>006.01</t>
   </si>
   <si>
     <t>112.869,00</t>
   </si>
   <si>
     <t>115.200,00</t>
   </si>
   <si>
     <t>117.414,00</t>
   </si>
   <si>
+    <t>117.613,00</t>
+  </si>
+  <si>
     <t>006.02</t>
   </si>
   <si>
     <t>89.495,00</t>
   </si>
   <si>
     <t>90.082,00</t>
   </si>
   <si>
     <t>90.910,00</t>
   </si>
   <si>
+    <t>91.029,00</t>
+  </si>
+  <si>
     <t>006.03</t>
   </si>
   <si>
     <t>90.233,00</t>
   </si>
   <si>
     <t>91.510,00</t>
   </si>
   <si>
     <t>93.002,00</t>
   </si>
   <si>
+    <t>93.368,00</t>
+  </si>
+  <si>
     <t>007</t>
   </si>
   <si>
     <t>Jumlah Penduduk Menurut Kewarganegaraan (WNI)</t>
   </si>
   <si>
     <t>300.456,00</t>
   </si>
   <si>
     <t>007.01</t>
   </si>
   <si>
     <t>117.018,00</t>
   </si>
   <si>
     <t>007.02</t>
   </si>
   <si>
     <t>90.768,00</t>
   </si>
   <si>
     <t>007.03</t>
   </si>
   <si>
     <t>92.670,00</t>
   </si>
   <si>
     <t>008</t>
   </si>
   <si>
     <t>Jumlah Penduduk Menurut Kewarganegaraan (WNA)</t>
   </si>
   <si>
     <t>29,00</t>
   </si>
   <si>
     <t>94,00</t>
   </si>
   <si>
     <t>49,00</t>
   </si>
   <si>
+    <t>24,00</t>
+  </si>
+  <si>
     <t>008.01</t>
   </si>
   <si>
     <t>13,00</t>
   </si>
   <si>
     <t>51,00</t>
   </si>
   <si>
     <t>35,00</t>
   </si>
   <si>
+    <t>14,00</t>
+  </si>
+  <si>
     <t>008.02</t>
   </si>
   <si>
     <t>33,00</t>
   </si>
   <si>
     <t>11,00</t>
   </si>
   <si>
+    <t>5,00</t>
+  </si>
+  <si>
     <t>008.03</t>
   </si>
   <si>
     <t>3,00</t>
   </si>
   <si>
     <t>10,00</t>
   </si>
   <si>
     <t>009</t>
   </si>
   <si>
     <t>Jumlah Kelahiran yang Dilaporkan</t>
   </si>
   <si>
     <t>7.012,00</t>
   </si>
   <si>
     <t>4.748,00</t>
   </si>
   <si>
     <t>2.247,00</t>
   </si>
   <si>
     <t>4.373,00</t>
   </si>
   <si>
+    <t>2.809,00</t>
+  </si>
+  <si>
     <t>009.01</t>
   </si>
   <si>
     <t>3.801,00</t>
   </si>
   <si>
     <t>1.794,00</t>
   </si>
   <si>
     <t>903,00</t>
   </si>
   <si>
     <t>1.699,00</t>
   </si>
   <si>
+    <t>1.141,00</t>
+  </si>
+  <si>
     <t>009.02</t>
   </si>
   <si>
     <t>1.678,00</t>
   </si>
   <si>
     <t>1.469,00</t>
   </si>
   <si>
     <t>639,00</t>
   </si>
   <si>
     <t>1.233,00</t>
   </si>
   <si>
+    <t>786,00</t>
+  </si>
+  <si>
     <t>009.03</t>
   </si>
   <si>
     <t>1.533,00</t>
   </si>
   <si>
     <t>1.485,00</t>
   </si>
   <si>
     <t>705,00</t>
   </si>
   <si>
     <t>1.441,00</t>
   </si>
   <si>
+    <t>882,00</t>
+  </si>
+  <si>
     <t>010</t>
   </si>
   <si>
     <t>Jumlah Penduduk Datang yang Dilaporkan</t>
   </si>
   <si>
     <t>7.441,00</t>
   </si>
   <si>
     <t>8.100,00</t>
   </si>
   <si>
     <t>4.149,00</t>
   </si>
   <si>
     <t>010.01</t>
   </si>
   <si>
     <t>3.245,00</t>
   </si>
   <si>
     <t>3.553,00</t>
   </si>
   <si>
     <t>1.907,00</t>
@@ -527,381 +597,441 @@
   <si>
     <t>011</t>
   </si>
   <si>
     <t>Jumlah Penduduk Menurut Agama</t>
   </si>
   <si>
     <t>011.01</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah Penduduk Beragama Islam</t>
   </si>
   <si>
     <t>268.961,00</t>
   </si>
   <si>
     <t>271.215,00</t>
   </si>
   <si>
     <t>273.309,00</t>
   </si>
   <si>
     <t>276.889,00</t>
   </si>
   <si>
+    <t>278.701,00</t>
+  </si>
+  <si>
     <t>011.01.01</t>
   </si>
   <si>
     <t xml:space="preserve">                Kecamatan Mojoroto</t>
   </si>
   <si>
     <t>107.058,00</t>
   </si>
   <si>
     <t>108.317,00</t>
   </si>
   <si>
     <t>109.375,00</t>
   </si>
   <si>
     <t>111.183,00</t>
   </si>
   <si>
+    <t>111.838,00</t>
+  </si>
+  <si>
     <t>011.01.02</t>
   </si>
   <si>
     <t xml:space="preserve">                Kecamatan Kota</t>
   </si>
   <si>
     <t>77.439,00</t>
   </si>
   <si>
     <t>77.706,00</t>
   </si>
   <si>
     <t>78.178,00</t>
   </si>
   <si>
     <t>78.846,00</t>
   </si>
   <si>
+    <t>79.295,00</t>
+  </si>
+  <si>
     <t>011.01.03</t>
   </si>
   <si>
     <t xml:space="preserve">                Kecamatan Pesantren</t>
   </si>
   <si>
     <t>84.464,00</t>
   </si>
   <si>
     <t>85.192,00</t>
   </si>
   <si>
     <t>85.756,00</t>
   </si>
   <si>
     <t>86.860,00</t>
   </si>
   <si>
+    <t>87.568,00</t>
+  </si>
+  <si>
     <t>011.02</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah Penduduk Beragama Protestan</t>
   </si>
   <si>
     <t>16.033,00</t>
   </si>
   <si>
     <t>15.966,00</t>
   </si>
   <si>
     <t>15.993,00</t>
   </si>
   <si>
     <t>16.081,00</t>
   </si>
   <si>
+    <t>15.934,00</t>
+  </si>
+  <si>
     <t>011.02.01</t>
   </si>
   <si>
     <t>3.285,00</t>
   </si>
   <si>
     <t>3.293,00</t>
   </si>
   <si>
     <t>3.341,00</t>
   </si>
   <si>
     <t>3.354,00</t>
   </si>
   <si>
+    <t>3.335,00</t>
+  </si>
+  <si>
     <t>011.02.02</t>
   </si>
   <si>
     <t>8.131,00</t>
   </si>
   <si>
     <t>8.069,00</t>
   </si>
   <si>
     <t>8.039,00</t>
   </si>
   <si>
     <t>8.065,00</t>
   </si>
   <si>
+    <t>7.962,00</t>
+  </si>
+  <si>
     <t>011.02.03</t>
   </si>
   <si>
     <t>4.617,00</t>
   </si>
   <si>
     <t>4.604,00</t>
   </si>
   <si>
     <t>4.613,00</t>
   </si>
   <si>
     <t>4.662,00</t>
   </si>
   <si>
+    <t>4.637,00</t>
+  </si>
+  <si>
     <t>011.03</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah Penduduk Beragama Katolik</t>
   </si>
   <si>
     <t>6.219,00</t>
   </si>
   <si>
     <t>6.159,00</t>
   </si>
   <si>
     <t>6.138,00</t>
   </si>
   <si>
     <t>6.135,00</t>
   </si>
   <si>
+    <t>6.042,00</t>
+  </si>
+  <si>
     <t>011.03.01</t>
   </si>
   <si>
     <t>2.333,00</t>
   </si>
   <si>
     <t>2.289,00</t>
   </si>
   <si>
     <t>2.290,00</t>
   </si>
   <si>
     <t>2.278,00</t>
   </si>
   <si>
+    <t>2.235,00</t>
+  </si>
+  <si>
     <t>011.03.02</t>
   </si>
   <si>
     <t>2.965,00</t>
   </si>
   <si>
     <t>2.954,00</t>
   </si>
   <si>
     <t>2.940,00</t>
   </si>
   <si>
     <t>2.939,00</t>
   </si>
   <si>
+    <t>2.876,00</t>
+  </si>
+  <si>
     <t>011.03.03</t>
   </si>
   <si>
     <t>921,00</t>
   </si>
   <si>
     <t>916,00</t>
   </si>
   <si>
     <t>908,00</t>
   </si>
   <si>
     <t>918,00</t>
   </si>
   <si>
+    <t>931,00</t>
+  </si>
+  <si>
     <t>011.04</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah Penduduk Beragama Hindu</t>
   </si>
   <si>
     <t>238,00</t>
   </si>
   <si>
     <t>229,00</t>
   </si>
   <si>
     <t>251,00</t>
   </si>
   <si>
+    <t>256,00</t>
+  </si>
+  <si>
     <t>011.04.01</t>
   </si>
   <si>
     <t>114,00</t>
   </si>
   <si>
     <t>109,00</t>
   </si>
   <si>
     <t>116,00</t>
   </si>
   <si>
     <t>127,00</t>
   </si>
   <si>
+    <t>124,00</t>
+  </si>
+  <si>
     <t>011.04.02</t>
   </si>
   <si>
     <t>67,00</t>
   </si>
   <si>
     <t>64,00</t>
   </si>
   <si>
     <t>66,00</t>
   </si>
   <si>
     <t>73,00</t>
   </si>
   <si>
+    <t>82,00</t>
+  </si>
+  <si>
     <t>011.04.03</t>
   </si>
   <si>
     <t>57,00</t>
   </si>
   <si>
     <t>56,00</t>
   </si>
   <si>
+    <t>50,00</t>
+  </si>
+  <si>
     <t>011.05</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah Penduduk Beragama Budha</t>
   </si>
   <si>
     <t>1.046,00</t>
   </si>
   <si>
     <t>1.027,00</t>
   </si>
   <si>
     <t>1.016,00</t>
   </si>
   <si>
     <t>1.001,00</t>
   </si>
   <si>
+    <t>961,00</t>
+  </si>
+  <si>
     <t>011.05.01</t>
   </si>
   <si>
     <t>68,00</t>
   </si>
   <si>
+    <t>59,00</t>
+  </si>
+  <si>
     <t>011.05.02</t>
   </si>
   <si>
     <t>824,00</t>
   </si>
   <si>
     <t>805,00</t>
   </si>
   <si>
     <t>794,00</t>
   </si>
   <si>
     <t>782,00</t>
   </si>
   <si>
+    <t>748,00</t>
+  </si>
+  <si>
     <t>011.05.03</t>
   </si>
   <si>
     <t>154,00</t>
   </si>
   <si>
     <t>155,00</t>
   </si>
   <si>
     <t>156,00</t>
   </si>
   <si>
     <t>011.06</t>
   </si>
   <si>
     <t xml:space="preserve">        Jumlah Penduduk Beragama Lainnya</t>
   </si>
   <si>
     <t>100,00</t>
   </si>
   <si>
     <t>96,00</t>
   </si>
   <si>
     <t>98,00</t>
   </si>
   <si>
     <t>99,00</t>
   </si>
   <si>
     <t>011.06.01</t>
   </si>
   <si>
     <t>12,00</t>
   </si>
   <si>
+    <t>22,00</t>
+  </si>
+  <si>
     <t>011.06.02</t>
   </si>
   <si>
     <t>69,00</t>
   </si>
   <si>
     <t>65,00</t>
   </si>
   <si>
     <t>63,00</t>
   </si>
   <si>
     <t>011.06.03</t>
   </si>
   <si>
     <t>20,00</t>
   </si>
   <si>
     <t>21,00</t>
   </si>
   <si>
-    <t>24,00</t>
+    <t>28,00</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -939,222 +1069,274 @@
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">| n/a Tidak ada</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFe51c23"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...5 lines deleted...]
-      <patternFill patternType="none"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD8D8D8"/>
+        <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
-    <border/>
+  <borders count="5">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+  <cellXfs count="19">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="4" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="4" fillId="2" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="4" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1353,2594 +1535,2537 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D9" sqref="D9:H74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="5.855713" bestFit="true" customWidth="true" style="4"/>
+    <col min="1" max="1" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="4"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="4"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="4"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="4"/>
+    <col min="8" max="8" width="9.140625" customWidth="true" style="4"/>
     <col min="9" max="9" width="15.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.7109375" customWidth="true" style="0"/>
-    <col min="11" max="11" width="47.131348" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="47.131" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="15">
-      <c r="A1" s="5" t="s">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5"/>
-[...8 lines deleted...]
-      <c r="K1" s="5"/>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+      <c r="J1" s="8"/>
+      <c r="K1" s="8"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
-      <c r="A2" s="5"/>
-[...9 lines deleted...]
-      <c r="K2" s="5"/>
+      <c r="A2" s="8"/>
+      <c r="B2" s="8"/>
+      <c r="C2" s="8"/>
+      <c r="D2" s="8"/>
+      <c r="E2" s="8"/>
+      <c r="F2" s="8"/>
+      <c r="G2" s="8"/>
+      <c r="H2" s="8"/>
+      <c r="I2" s="8"/>
+      <c r="J2" s="8"/>
+      <c r="K2" s="8"/>
+    </row>
+    <row r="3" spans="1:11">
+      <c r="K3"/>
     </row>
     <row r="4" spans="1:11">
-      <c r="A4" s="6" t="s">
+      <c r="A4" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="6"/>
-[...8 lines deleted...]
-      <c r="K4" s="6"/>
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="9"/>
+      <c r="K4" s="9"/>
+    </row>
+    <row r="5" spans="1:11">
+      <c r="K5"/>
     </row>
     <row r="6" spans="1:11">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="C6" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="8"/>
-[...3 lines deleted...]
-      <c r="I6" s="7" t="s">
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="J6" s="7" t="s">
+      <c r="J6" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="K6" s="7" t="s">
+      <c r="K6" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7" s="7"/>
-[...1 lines deleted...]
-      <c r="C7" s="7"/>
+      <c r="A7" s="10"/>
+      <c r="B7" s="10"/>
+      <c r="C7" s="10"/>
       <c r="D7" s="3">
         <v>2021</v>
       </c>
       <c r="E7" s="2">
         <v>2022</v>
       </c>
       <c r="F7" s="2">
         <v>2023</v>
       </c>
       <c r="G7" s="3">
         <v>2024</v>
       </c>
       <c r="H7" s="3">
         <v>2025</v>
       </c>
-      <c r="I7" s="7"/>
-[...1 lines deleted...]
-      <c r="K7" s="7"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="10"/>
+      <c r="K7" s="10"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1">
         <v>1</v>
       </c>
       <c r="B8" s="1">
         <v>2</v>
       </c>
       <c r="C8" s="1">
         <v>3</v>
       </c>
       <c r="D8" s="1">
         <v>4</v>
       </c>
       <c r="E8" s="1">
         <v>5</v>
       </c>
       <c r="F8" s="1">
         <v>6</v>
       </c>
       <c r="G8" s="1">
         <v>7</v>
       </c>
       <c r="H8" s="1">
         <v>8</v>
       </c>
       <c r="I8" s="1">
         <v>9</v>
       </c>
       <c r="J8" s="1">
         <v>10</v>
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
-      <c r="A9" s="9" t="s">
+      <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="10" t="s">
+      <c r="B9" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="12" t="s">
+      <c r="D9" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="E9" s="12" t="s">
+      <c r="E9" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="F9" s="12" t="s">
+      <c r="F9" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="12" t="s">
+      <c r="G9" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="H9" s="12" t="s">
+      <c r="H9" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="I9" s="10" t="s">
-[...5 lines deleted...]
-      <c r="K9" s="10" t="s">
+      <c r="I9" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B10" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="11" t="s">
+      <c r="B10" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D10" s="13" t="s">
+      <c r="D10" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="E10" s="13" t="s">
+      <c r="E10" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="F10" s="13" t="s">
+      <c r="F10" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="G10" s="13" t="s">
+      <c r="G10" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="H10" s="13" t="s">
-[...8 lines deleted...]
-      <c r="K10" s="11" t="s">
+      <c r="H10" s="16" t="s">
         <v>26</v>
+      </c>
+      <c r="I10" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J10" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="1" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="C11" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" s="13" t="s">
+      <c r="B11" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="E11" s="13" t="s">
+      <c r="D11" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="F11" s="13" t="s">
+      <c r="E11" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="G11" s="13" t="s">
+      <c r="F11" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="H11" s="13" t="s">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="G11" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="I11" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J11" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="1" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="D12" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="E12" s="13" t="s">
+      <c r="B12" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="F12" s="13" t="s">
+      <c r="D12" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="G12" s="13" t="s">
+      <c r="E12" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="H12" s="13" t="s">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="F12" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="I12" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J12" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:11">
-      <c r="A13" s="9" t="s">
-[...11 lines deleted...]
-      <c r="E13" s="14" t="s">
+      <c r="A13" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="F13" s="12" t="s">
-[...14 lines deleted...]
-      <c r="K13" s="10" t="s">
+      <c r="B13" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="H13" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K13" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="1" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      <c r="C14" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D14" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D14" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G14" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H14" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="I14" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J14" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="11" t="s">
-[...27 lines deleted...]
-        <v>26</v>
+      <c r="F15" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="I15" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="1" t="s">
-        <v>48</v>
-[...7 lines deleted...]
-      <c r="D16" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="E16" s="13" t="s">
-[...18 lines deleted...]
-        <v>26</v>
+      <c r="G16" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H16" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J16" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:11">
-      <c r="A17" s="9" t="s">
-[...29 lines deleted...]
-      <c r="K17" s="10" t="s">
+      <c r="A17" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E17" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="H17" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="1" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-      <c r="C18" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D18" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D18" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H18" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="I18" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J18" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="1" t="s">
-        <v>55</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>59</v>
+      </c>
+      <c r="B19" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E19" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H19" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="I19" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J19" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="1" t="s">
-        <v>57</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>61</v>
+      </c>
+      <c r="B20" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F20" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H20" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="I20" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J20" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K20" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:11">
-      <c r="A21" s="9" t="s">
-[...29 lines deleted...]
-      <c r="K21" s="10" t="s">
+      <c r="A21" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="H21" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J21" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K21" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="1" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      <c r="C22" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D22" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D22" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E22" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G22" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="I22" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J22" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K22" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="1" t="s">
-        <v>66</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>72</v>
+      </c>
+      <c r="B23" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E23" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F23" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G23" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="H23" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="I23" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J23" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="1" t="s">
-        <v>69</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>76</v>
+      </c>
+      <c r="B24" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F24" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G24" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H24" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="I24" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J24" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K24" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:11">
-      <c r="A25" s="9" t="s">
-[...29 lines deleted...]
-      <c r="K25" s="10" t="s">
+      <c r="A25" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F25" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="H25" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="I25" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K25" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="1" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="C26" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D26" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D26" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F26" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G26" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="H26" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="I26" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J26" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K26" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="1" t="s">
-        <v>79</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>89</v>
+      </c>
+      <c r="B27" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="E27" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F27" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G27" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="H27" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="I27" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J27" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K27" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="1" t="s">
-        <v>82</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>93</v>
+      </c>
+      <c r="B28" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E28" s="16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F28" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H28" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="I28" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J28" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K28" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:11">
-      <c r="A29" s="9" t="s">
-[...8 lines deleted...]
-      <c r="D29" s="12" t="s">
+      <c r="A29" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="E29" s="12" t="s">
-[...17 lines deleted...]
-      <c r="K29" s="10" t="s">
+      <c r="E29" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G29" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="H29" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="I29" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J29" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K29" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="1" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="C30" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="B30" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="13" t="s">
+      <c r="D30" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="E30" s="13" t="s">
-[...18 lines deleted...]
-        <v>26</v>
+      <c r="E30" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="F30" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="G30" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H30" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="I30" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J30" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="1" t="s">
-        <v>94</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>108</v>
+      </c>
+      <c r="B31" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="E31" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="F31" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G31" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H31" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="I31" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J31" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="1" t="s">
-        <v>98</v>
-[...7 lines deleted...]
-      <c r="D32" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B32" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="E32" s="13" t="s">
+      <c r="D32" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E32" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="G32" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H32" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I32" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J32" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K32" s="14" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="F32" s="13" t="s">
+      <c r="E33" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="G32" s="13" t="s">
-[...16 lines deleted...]
-      <c r="A33" s="9" t="s">
+      <c r="G33" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H33" s="15" t="s">
         <v>102</v>
       </c>
-      <c r="B33" s="10" t="s">
-[...26 lines deleted...]
-      <c r="K33" s="10" t="s">
+      <c r="I33" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J33" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K33" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E34" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="B34" s="11" t="s">
-[...27 lines deleted...]
-        <v>26</v>
+      <c r="G34" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="H34" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="I34" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J34" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K34" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="1" t="s">
-        <v>107</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>123</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C35" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E35" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F35" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G35" s="16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H35" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="I35" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K35" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="1" t="s">
-        <v>109</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>125</v>
+      </c>
+      <c r="B36" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E36" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F36" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="G36" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H36" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I36" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J36" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K36" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:11">
-      <c r="A37" s="9" t="s">
-[...29 lines deleted...]
-      <c r="K37" s="10" t="s">
+      <c r="A37" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="E37" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="F37" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="H37" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="I37" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J37" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K37" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="1" t="s">
-        <v>116</v>
-[...4 lines deleted...]
-      <c r="C38" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="B38" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C38" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D38" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D38" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="F38" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G38" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="H38" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="I38" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J38" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K38" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="1" t="s">
-        <v>120</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>138</v>
+      </c>
+      <c r="B39" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C39" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="E39" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="F39" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="H39" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="I39" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J39" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K39" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="1" t="s">
-        <v>123</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>142</v>
+      </c>
+      <c r="B40" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C40" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="E40" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="F40" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G40" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="H40" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="I40" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J40" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K40" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:11">
-      <c r="A41" s="9" t="s">
-[...29 lines deleted...]
-      <c r="K41" s="10" t="s">
+      <c r="A41" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="D41" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="E41" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="G41" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="H41" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="I41" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J41" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K41" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="1" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="C42" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="B42" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C42" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D42" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D42" s="16" t="s">
+        <v>153</v>
+      </c>
+      <c r="E42" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="F42" s="16" t="s">
+        <v>155</v>
+      </c>
+      <c r="G42" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="H42" s="16" t="s">
+        <v>157</v>
+      </c>
+      <c r="I42" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J42" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K42" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="1" t="s">
-        <v>137</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>158</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D43" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="E43" s="16" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" s="16" t="s">
+        <v>161</v>
+      </c>
+      <c r="G43" s="16" t="s">
+        <v>162</v>
+      </c>
+      <c r="H43" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="I43" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J43" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="1" t="s">
-        <v>142</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>164</v>
+      </c>
+      <c r="B44" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>165</v>
+      </c>
+      <c r="E44" s="16" t="s">
+        <v>166</v>
+      </c>
+      <c r="F44" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="G44" s="16" t="s">
+        <v>168</v>
+      </c>
+      <c r="H44" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="I44" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J44" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K44" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:11">
-      <c r="A45" s="9" t="s">
-[...29 lines deleted...]
-      <c r="K45" s="10" t="s">
+      <c r="A45" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="G45" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="H45" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="I45" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J45" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="1" t="s">
-        <v>152</v>
-[...4 lines deleted...]
-      <c r="C46" s="11" t="s">
+        <v>175</v>
+      </c>
+      <c r="B46" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C46" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="D46" s="13" t="s">
-[...21 lines deleted...]
-        <v>26</v>
+      <c r="D46" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="E46" s="16" t="s">
+        <v>177</v>
+      </c>
+      <c r="F46" s="16" t="s">
+        <v>178</v>
+      </c>
+      <c r="G46" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H46" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="I46" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J46" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="1" t="s">
-        <v>156</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>179</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C47" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>180</v>
+      </c>
+      <c r="E47" s="16" t="s">
+        <v>181</v>
+      </c>
+      <c r="F47" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="G47" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="H47" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="I47" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J47" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K47" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="1" t="s">
-        <v>160</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>183</v>
+      </c>
+      <c r="B48" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>184</v>
+      </c>
+      <c r="E48" s="16" t="s">
+        <v>149</v>
+      </c>
+      <c r="F48" s="16" t="s">
+        <v>185</v>
+      </c>
+      <c r="G48" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H48" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="I48" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J48" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K48" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:11">
-      <c r="A49" s="9" t="s">
-[...17 lines deleted...]
-      <c r="K49" s="10" t="s">
+      <c r="A49" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>187</v>
+      </c>
+      <c r="D49" s="15"/>
+      <c r="E49" s="15"/>
+      <c r="F49" s="15"/>
+      <c r="G49" s="15"/>
+      <c r="H49" s="15"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K49" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="1" t="s">
-        <v>165</v>
-[...28 lines deleted...]
-      <c r="K50" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="B50" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C50" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="E50" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="F50" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="G50" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="H50" s="16" t="s">
+        <v>194</v>
+      </c>
+      <c r="I50" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J50" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K50" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="1" t="s">
-        <v>171</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>195</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="D51" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="E51" s="16" t="s">
+        <v>198</v>
+      </c>
+      <c r="F51" s="16" t="s">
+        <v>199</v>
+      </c>
+      <c r="G51" s="16" t="s">
+        <v>200</v>
+      </c>
+      <c r="H51" s="16" t="s">
+        <v>201</v>
+      </c>
+      <c r="I51" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J51" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K51" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="1" t="s">
-        <v>177</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>202</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C52" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="E52" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="F52" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="H52" s="16" t="s">
+        <v>208</v>
+      </c>
+      <c r="I52" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J52" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K52" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="1" t="s">
-        <v>183</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>209</v>
+      </c>
+      <c r="B53" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="E53" s="16" t="s">
+        <v>212</v>
+      </c>
+      <c r="F53" s="16" t="s">
+        <v>213</v>
+      </c>
+      <c r="G53" s="16" t="s">
+        <v>214</v>
+      </c>
+      <c r="H53" s="16" t="s">
+        <v>215</v>
+      </c>
+      <c r="I53" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J53" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K53" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="1" t="s">
-        <v>189</v>
-[...28 lines deleted...]
-      <c r="K54" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C54" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>218</v>
+      </c>
+      <c r="E54" s="16" t="s">
+        <v>219</v>
+      </c>
+      <c r="F54" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="G54" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="H54" s="16" t="s">
+        <v>222</v>
+      </c>
+      <c r="I54" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J54" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K54" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="1" t="s">
-        <v>195</v>
-[...7 lines deleted...]
-      <c r="D55" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B55" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C55" s="14" t="s">
         <v>196</v>
       </c>
-      <c r="E55" s="13" t="s">
-[...18 lines deleted...]
-        <v>26</v>
+      <c r="D55" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="E55" s="16" t="s">
+        <v>225</v>
+      </c>
+      <c r="F55" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="G55" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="H55" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="I55" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J55" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K55" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="1" t="s">
-        <v>200</v>
-[...13 lines deleted...]
-      <c r="F56" s="13" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C56" s="14" t="s">
         <v>203</v>
       </c>
-      <c r="G56" s="13" t="s">
-[...12 lines deleted...]
-        <v>26</v>
+      <c r="D56" s="16" t="s">
+        <v>230</v>
+      </c>
+      <c r="E56" s="16" t="s">
+        <v>231</v>
+      </c>
+      <c r="F56" s="16" t="s">
+        <v>232</v>
+      </c>
+      <c r="G56" s="16" t="s">
+        <v>233</v>
+      </c>
+      <c r="H56" s="16" t="s">
+        <v>234</v>
+      </c>
+      <c r="I56" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J56" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K56" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="1" t="s">
-        <v>205</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>235</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C57" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="E57" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="G57" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="H57" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="I57" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J57" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K57" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="1" t="s">
-        <v>210</v>
-[...28 lines deleted...]
-      <c r="K58" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>243</v>
+      </c>
+      <c r="E58" s="16" t="s">
+        <v>244</v>
+      </c>
+      <c r="F58" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="G58" s="16" t="s">
+        <v>246</v>
+      </c>
+      <c r="H58" s="16" t="s">
+        <v>247</v>
+      </c>
+      <c r="I58" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J58" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K58" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="1" t="s">
-        <v>216</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>248</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C59" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="D59" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="E59" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="F59" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="G59" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="H59" s="16" t="s">
+        <v>253</v>
+      </c>
+      <c r="I59" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J59" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K59" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="1" t="s">
-        <v>221</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>254</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>255</v>
+      </c>
+      <c r="E60" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="F60" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="G60" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="H60" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="I60" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J60" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K60" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="1" t="s">
-        <v>226</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>260</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>261</v>
+      </c>
+      <c r="E61" s="16" t="s">
+        <v>262</v>
+      </c>
+      <c r="F61" s="16" t="s">
+        <v>263</v>
+      </c>
+      <c r="G61" s="16" t="s">
+        <v>264</v>
+      </c>
+      <c r="H61" s="16" t="s">
+        <v>265</v>
+      </c>
+      <c r="I61" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J61" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K61" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="1" t="s">
-        <v>231</v>
-[...28 lines deleted...]
-      <c r="K62" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C62" s="14" t="s">
+        <v>267</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="E62" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="F62" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="G62" s="16" t="s">
+        <v>270</v>
+      </c>
+      <c r="H62" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="I62" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J62" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K62" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="1" t="s">
-        <v>236</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>272</v>
+      </c>
+      <c r="B63" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C63" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="E63" s="16" t="s">
+        <v>274</v>
+      </c>
+      <c r="F63" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="G63" s="16" t="s">
+        <v>276</v>
+      </c>
+      <c r="H63" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="I63" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J63" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K63" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="1" t="s">
-        <v>241</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>278</v>
+      </c>
+      <c r="B64" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D64" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="E64" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="F64" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="G64" s="16" t="s">
+        <v>282</v>
+      </c>
+      <c r="H64" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="I64" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J64" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K64" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="1" t="s">
-        <v>246</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>284</v>
+      </c>
+      <c r="B65" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C65" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D65" s="16" t="s">
+        <v>285</v>
+      </c>
+      <c r="E65" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="F65" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="G65" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="H65" s="16" t="s">
+        <v>287</v>
+      </c>
+      <c r="I65" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J65" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K65" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="1" t="s">
-        <v>249</v>
-[...28 lines deleted...]
-      <c r="K66" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="14" t="s">
+        <v>289</v>
+      </c>
+      <c r="D66" s="16" t="s">
+        <v>290</v>
+      </c>
+      <c r="E66" s="16" t="s">
+        <v>291</v>
+      </c>
+      <c r="F66" s="16" t="s">
+        <v>292</v>
+      </c>
+      <c r="G66" s="16" t="s">
+        <v>293</v>
+      </c>
+      <c r="H66" s="16" t="s">
+        <v>294</v>
+      </c>
+      <c r="I66" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J66" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K66" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="1" t="s">
-        <v>255</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>295</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="D67" s="16" t="s">
+        <v>296</v>
+      </c>
+      <c r="E67" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="F67" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="G67" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="H67" s="16" t="s">
+        <v>297</v>
+      </c>
+      <c r="I67" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J67" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K67" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="1" t="s">
-        <v>257</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>298</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D68" s="16" t="s">
+        <v>299</v>
+      </c>
+      <c r="E68" s="16" t="s">
+        <v>300</v>
+      </c>
+      <c r="F68" s="16" t="s">
+        <v>301</v>
+      </c>
+      <c r="G68" s="16" t="s">
+        <v>302</v>
+      </c>
+      <c r="H68" s="16" t="s">
+        <v>303</v>
+      </c>
+      <c r="I68" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J68" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K68" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="1" t="s">
-        <v>262</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>304</v>
+      </c>
+      <c r="B69" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C69" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D69" s="16" t="s">
+        <v>305</v>
+      </c>
+      <c r="E69" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="F69" s="16" t="s">
+        <v>307</v>
+      </c>
+      <c r="G69" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="H69" s="16" t="s">
+        <v>305</v>
+      </c>
+      <c r="I69" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J69" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K69" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="1" t="s">
-        <v>266</v>
-[...28 lines deleted...]
-      <c r="K70" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="B70" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="D70" s="16" t="s">
+        <v>310</v>
+      </c>
+      <c r="E70" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="F70" s="16" t="s">
+        <v>312</v>
+      </c>
+      <c r="G70" s="16" t="s">
+        <v>313</v>
+      </c>
+      <c r="H70" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="I70" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J70" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K70" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="1" t="s">
-        <v>272</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>314</v>
+      </c>
+      <c r="B71" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C71" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="D71" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="E71" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="F71" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="G71" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="H71" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="I71" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J71" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K71" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="1" t="s">
-        <v>274</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>317</v>
+      </c>
+      <c r="B72" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D72" s="16" t="s">
+        <v>318</v>
+      </c>
+      <c r="E72" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="F72" s="16" t="s">
+        <v>319</v>
+      </c>
+      <c r="G72" s="16" t="s">
+        <v>320</v>
+      </c>
+      <c r="H72" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="I72" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J72" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K72" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="1" t="s">
-        <v>278</v>
-[...29 lines deleted...]
-        <v>26</v>
+        <v>321</v>
+      </c>
+      <c r="B73" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C73" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D73" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="E73" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="F73" s="16" t="s">
+        <v>323</v>
+      </c>
+      <c r="G73" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="H73" s="16" t="s">
+        <v>324</v>
+      </c>
+      <c r="I73" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="J73" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K73" s="14" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:11">
-      <c r="A74" s="11" t="inlineStr">
-[...75 lines deleted...]
-      <c r="K74" s="11"/>
+      <c r="A74" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="B74" s="6"/>
+      <c r="C74" s="6"/>
+      <c r="D74" s="17"/>
+      <c r="E74" s="17"/>
+      <c r="F74" s="17"/>
+      <c r="G74" s="17"/>
+      <c r="H74" s="17"/>
+      <c r="I74" s="6"/>
+      <c r="J74" s="6"/>
+      <c r="K74" s="7"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A74:K74"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1ps"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>amar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>