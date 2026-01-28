--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -1,564 +1,610 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : DSSD Urusan Pemerintahan Bidang Pekerjaan Umum dan Penataan Ruang</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
     <t>Sumber Data</t>
   </si>
   <si>
     <t>054</t>
   </si>
   <si>
     <t>PEKERJAAN UMUM DAN PENATAAN RUANG</t>
   </si>
   <si>
     <t>Dokumen Analisis SIMBG</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
+    <t>Dokumen</t>
+  </si>
+  <si>
+    <t>Tahunan</t>
+  </si>
+  <si>
+    <t>Dinas Pekerjaan Umum dan Penataan Ruang</t>
+  </si>
+  <si>
+    <t>071</t>
+  </si>
+  <si>
+    <t>Dokumen Kebijakan dan Strategi Daerah Air Minum</t>
+  </si>
+  <si>
+    <t>075</t>
+  </si>
+  <si>
+    <t>Dokumen kebijakan PERDA/PERKADA selaian RTRW Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>1,00</t>
+  </si>
+  <si>
+    <t>076</t>
+  </si>
+  <si>
+    <t>Dokumen Kebijakan Strategis Daerah Jalan</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>080</t>
+  </si>
+  <si>
+    <t>Dokumen Koordinasi dan Sinkronisasi Pemanfaatan Ruang untuk Investasi dan Pembangunan Daerah</t>
+  </si>
+  <si>
+    <t>2,00</t>
+  </si>
+  <si>
+    <t>081</t>
+  </si>
+  <si>
+    <t>Dokumen Koordinasi dan Sinkronisasi Pemberian Insentif dan Disinsentif Bidang Penataan Ruang</t>
+  </si>
+  <si>
+    <t>083</t>
+  </si>
+  <si>
+    <t>Dokumen Leger Jalan</t>
+  </si>
+  <si>
+    <t>084</t>
+  </si>
+  <si>
+    <t>Dokumen Lingkungan Hidup Bangunan Gedung untuk Kepentingan Strategis Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>3,00</t>
+  </si>
+  <si>
+    <t>Dokumen Persetujuan Bangunan Gedung (PBG)</t>
+  </si>
+  <si>
+    <t>82,00</t>
+  </si>
+  <si>
+    <t>138,00</t>
+  </si>
+  <si>
+    <t>133,00</t>
+  </si>
+  <si>
+    <t>158,00</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Induk Pengembangan Jaringan Jalan serta Perencanaan Teknis Penyelenggaraan Jalan dan Jembatan</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Induk Sistem Pengelolaan Air Limbah Domestik (SPALD)</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Induk Sistem Penyediaan Air Minum (RISPAM)</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Pemenuhan SPM Air Limbah</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Pemenuhan SPM Air Minum</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Tata Bangunan dan Lingkungan (RTBL)</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Teknis Penyelenggaraan Jalan dan Jembatan</t>
+  </si>
+  <si>
+    <t>6,00</t>
+  </si>
+  <si>
+    <t>Dokumen Rencana Teknis untuk Konstruksi Irigasi dan Rawa</t>
+  </si>
+  <si>
+    <t>20,00</t>
+  </si>
+  <si>
+    <t>47,00</t>
+  </si>
+  <si>
+    <t>43,00</t>
+  </si>
+  <si>
+    <t>26,00</t>
+  </si>
+  <si>
+    <t>11,00</t>
+  </si>
+  <si>
+    <t>Dokumen Sertifikat Laik Fungsi (SLF)</t>
+  </si>
+  <si>
+    <t>53,00</t>
+  </si>
+  <si>
+    <t>22,00</t>
+  </si>
+  <si>
+    <t>Dokumen Sosialisasi Kebijakan dan Peraturan Perundangundangan Bidang Penataan ruang</t>
+  </si>
+  <si>
+    <t>Dokumen Strategi Sanitasi Kota (SSK)</t>
+  </si>
+  <si>
+    <t>Koordinasi dan Sinkronisasi Pemanfaatan Ruang untuk Investasi dan Pembangunan Daerah</t>
+  </si>
+  <si>
+    <t>10,00</t>
+  </si>
+  <si>
+    <t>4,00</t>
+  </si>
+  <si>
+    <t>7,00</t>
+  </si>
+  <si>
+    <t>Panjang Jalan</t>
+  </si>
+  <si>
+    <t>290,58</t>
+  </si>
+  <si>
+    <t>265,33</t>
+  </si>
+  <si>
+    <t>389,99</t>
+  </si>
+  <si>
+    <t>Km</t>
+  </si>
+  <si>
+    <t>Panjang Jaringan Irigasi Permukaan</t>
+  </si>
+  <si>
+    <t>4,08</t>
+  </si>
+  <si>
+    <t>7,55</t>
+  </si>
+  <si>
+    <t>6,54</t>
+  </si>
+  <si>
+    <t>4,05</t>
+  </si>
+  <si>
+    <t>130,31</t>
+  </si>
+  <si>
+    <t>Penduduk terdampak dan beresiko pada kondisi KLB</t>
+  </si>
+  <si>
+    <t>Orang</t>
+  </si>
+  <si>
+    <t>Penduduk Terdampak Krisis Kesehatan akibat bencana dan/atau berPotensi bencana</t>
+  </si>
+  <si>
+    <t>Penerbitan PKKPR</t>
+  </si>
+  <si>
+    <t>Rapat Koordinasi Pelaksanaan Penataan Ruang</t>
+  </si>
+  <si>
+    <t>8,00</t>
+  </si>
+  <si>
+    <t>Rumah Tangga</t>
+  </si>
+  <si>
+    <t>Sosialisasi Kebijakan dan Peraturan Perundangundangan Bidang Penataan ruang</t>
+  </si>
+  <si>
+    <t>Tenaga Terampil Konstruksi</t>
+  </si>
+  <si>
+    <t>50,00</t>
+  </si>
+  <si>
+    <t>Jumlah Tim Profesi Ahli (TPA)</t>
+  </si>
+  <si>
+    <t>5,00</t>
+  </si>
+  <si>
+    <t>Jumlah Penilik</t>
+  </si>
+  <si>
+    <t>9,00</t>
+  </si>
+  <si>
+    <t>Jumlah Tim Penilai Teknis (TPT)</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Pelaksanaan Pembangunan Bangunan Gedung untuk Kepentingan Strategis Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>13,00</t>
+  </si>
+  <si>
+    <t>33,00</t>
+  </si>
+  <si>
+    <t>36,00</t>
+  </si>
+  <si>
+    <t>34,00</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen PeLaporan Capaian SPM Air Limbah</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Pelestarian Pembangunan Bangunan Gedung untuk Kepentingan Strategis Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Pemanfaatan Pembangunan Bangunan Gedung untuk Kepentingan Strategis Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>39,00</t>
+  </si>
+  <si>
+    <t>99,00</t>
+  </si>
+  <si>
+    <t>108,00</t>
+  </si>
+  <si>
+    <t>102,00</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Pembongkaran Pembangunan Bangunan Gedung untuk Kepentingan Strategis Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Pengawasan Pembangunan Bangunan Gedung untuk Kepentingan Strategis Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Pengumpulan Data SPM Air Limbah</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Perencanaan Pembangunan Bangunan Gedung untuk Kepentingan Strategis Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Persetujuan Bangunan Gedung (PBG)</t>
+  </si>
+  <si>
+    <t>66,00</t>
+  </si>
+  <si>
+    <t>120,00</t>
+  </si>
+  <si>
+    <t>176,00</t>
+  </si>
+  <si>
+    <t>149,00</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Prosedur Operasi Standar Sistem Penyediaan Air Minum</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Rencana Induk Sistem Pengelolaan Air Limbah Domestik (SPALD)</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Rencana Pengelolaan Sumber Daya Air</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Sertifikat Laik Fungsi (SLF)</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Strategi Sanitasi Kota (SSK)</t>
+  </si>
+  <si>
+    <t>Jumlah Lembaga Jasa Konstruksi</t>
+  </si>
+  <si>
+    <t>221,00</t>
+  </si>
+  <si>
+    <t>lembaga</t>
+  </si>
+  <si>
+    <t>Jumlah Sistem Penyediaan Air Minum (SPAM)</t>
+  </si>
+  <si>
+    <t>17.826,00</t>
+  </si>
+  <si>
+    <t>unit</t>
+  </si>
+  <si>
+    <t>Jumlah SPALD</t>
+  </si>
+  <si>
+    <t>81.732,00</t>
+  </si>
+  <si>
+    <t>106,68</t>
+  </si>
+  <si>
+    <t>Jumlah Tenaga Kerja Konstruksi Kualifikasi Jabatan Operator, Teknisi atau Analis</t>
+  </si>
+  <si>
+    <t>98,00</t>
+  </si>
+  <si>
+    <t>Dokumen Pengumpulan Data SPM Air Limbah</t>
+  </si>
+  <si>
+    <t>Jumlah Dokumen Standar Operasional Prosedur Sistem Pengelolaan Air Limbah Domestik (SPALD)</t>
+  </si>
+  <si>
+    <t>Jumlah Lembaga Sistem Pengelolaan Air Limbah Domestik (SPALD)</t>
+  </si>
+  <si>
+    <t>Jumlah SDM Pelaksana Penyelenggara Sistem Pengelolaan Air Limbah Domestik (SPALD)</t>
+  </si>
+  <si>
+    <t>Panjang Rehabilitasi Tanggul Sungai</t>
+  </si>
+  <si>
+    <t>0,82</t>
+  </si>
+  <si>
+    <t>0,80</t>
+  </si>
+  <si>
+    <t>2,77</t>
+  </si>
+  <si>
+    <t>2,90</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Panjang Jaringan Irigasi Permukaan</t>
+  </si>
+  <si>
+    <t>0,61</t>
+  </si>
+  <si>
+    <t>1,31</t>
+  </si>
+  <si>
+    <t>1,50</t>
+  </si>
+  <si>
+    <t>1,56</t>
+  </si>
+  <si>
+    <t>3,11</t>
+  </si>
+  <si>
+    <t>Operasi dan Pemeliharaan Jaringan Irigasi Permukaan</t>
+  </si>
+  <si>
+    <t>1,30</t>
+  </si>
+  <si>
+    <t>4,10</t>
+  </si>
+  <si>
+    <t>4,40</t>
+  </si>
+  <si>
+    <t>2,26</t>
+  </si>
+  <si>
+    <t>Pembangunan Panjang Drainase Perkotaan</t>
+  </si>
+  <si>
+    <t>0,45</t>
+  </si>
+  <si>
+    <t>1,15</t>
+  </si>
+  <si>
+    <t>0,11</t>
+  </si>
+  <si>
+    <t>0,53</t>
+  </si>
+  <si>
+    <t>1,14</t>
+  </si>
+  <si>
+    <t>Dokumen Studi Kelayakan Sistem Penyediaan Air Minum</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>Bangunan Gedung</t>
+  </si>
+  <si>
+    <t>69.228,00</t>
+  </si>
+  <si>
+    <t>76.565,00</t>
+  </si>
+  <si>
+    <t>069</t>
+  </si>
+  <si>
+    <t>Dokumen Hasil Survey Kondisi Jalan</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>Dokumen Hasil Survey Kondisi Jembatan</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
   <si>
-    <t>Dokumen</t>
-[...406 lines deleted...]
-  <si>
     <t>Dokumen Pelaporan Capaian SPM Air Minum</t>
   </si>
   <si>
     <t>Dokumen Penghitungan Kebutuhan SPM Air Minum</t>
   </si>
   <si>
     <t>Dokumen Pengumpulan Data SPM Air Minum</t>
   </si>
   <si>
     <t>Forum Penataan Ruang Kabupaten/Kota</t>
   </si>
   <si>
     <t>Forum Penataan Ruang</t>
   </si>
   <si>
     <t>Panjang Sungai</t>
   </si>
   <si>
+    <t>19,98</t>
+  </si>
+  <si>
     <t>Sarana Pengangkutan Lumpur Tinja yang Disediakan</t>
   </si>
   <si>
     <t>Fasilitas Penunjang TPA di Kawasan Strategis Kab/Kota</t>
   </si>
   <si>
     <t>Paket</t>
   </si>
   <si>
     <t>Jumlah Badan Usaha Jasa Konstruksi</t>
   </si>
   <si>
     <t>Badan Usaha</t>
   </si>
   <si>
     <t>Jumlah Bangunan Gedung ntuk Kepentingan Strategis Daerah Kabupaten/Kota yang Diperiksa Berkala</t>
   </si>
   <si>
     <t>58,00</t>
   </si>
   <si>
     <t>57,00</t>
   </si>
   <si>
     <t>25,00</t>
   </si>
   <si>
+    <t>88,00</t>
+  </si>
+  <si>
     <t>Jumlah Bangunan Gedung ntuk Kepentingan Strategis Daerah Kabupaten/Kota yang Dirawat</t>
   </si>
   <si>
+    <t>40,00</t>
+  </si>
+  <si>
     <t>Jumlah Bangunan Konstruksi</t>
   </si>
   <si>
+    <t>1.531,00</t>
+  </si>
+  <si>
     <t>Jumlah Data dan Infromasi Jasa Konstruksi Cakupan Kabupaten/Kota</t>
   </si>
   <si>
     <t>Jumlah Desa</t>
   </si>
   <si>
     <t>46,00</t>
   </si>
   <si>
     <t>Desa</t>
   </si>
   <si>
     <t>Jumlah Dokumen Data dan Informasi Potensi Risiko Investasi Infrastruktur</t>
   </si>
   <si>
     <t>Jumlah Dokumen Data dan Informasi Profil Badan Usaha Jasa Konstruksi/Usaha Rantai Pasok</t>
   </si>
   <si>
     <t>Jumlah Dokumen Data dan Informasi Profil Pekerjaan Konstruksi</t>
   </si>
   <si>
     <t>Jumlah Dokumen Data dan Informasi Tenaga Kerja Konstruksi Kualifikasi Jabatan Operator dan Teknisi atau Analis</t>
   </si>
   <si>
     <t>Jumlah Dokumen Data dan Informasi Tertib Penyelenggaraan Pekerjaan Konstruksi</t>
@@ -611,87 +657,96 @@
   <si>
     <t>Jumlah Paket Pekerjaan Jasa Konstruksi Kabupaten/Kota</t>
   </si>
   <si>
     <t>Jumlah Perangkat Pendukung Layanan Informasi Jasa Konstruksi</t>
   </si>
   <si>
     <t>Jumlah Prasarana dan Sarana Pendukung Instalasi Pengolahan Air Limbah Domestik (IPALD) Terpusat</t>
   </si>
   <si>
     <t>Jumlah Rencana Teknis Rinci Sistem Penyediaan Air Minum</t>
   </si>
   <si>
     <t>Jumlah Sambungan Rumah</t>
   </si>
   <si>
     <t>Sambungan Rumah (SR)</t>
   </si>
   <si>
     <t>Jumlah Sistem Penyediaan Air Minum (SPAM) Bukan Jaringan Perpipaan</t>
   </si>
   <si>
     <t>Jumlah Tenaga Kerja Konstruksi Kualifikasi Jabatan Operator dan Teknisi atau Analis</t>
   </si>
   <si>
+    <t>128,00</t>
+  </si>
+  <si>
     <t>Kapasitas TPS-3R di Kawasan Strategis Kabupaten/Kota</t>
   </si>
   <si>
     <t>ton</t>
   </si>
   <si>
     <t>Regulasi yang memuat Retrbusi Persetujuan Bangunan Gedung (PBG)</t>
   </si>
   <si>
     <t>Regulasi</t>
   </si>
   <si>
     <t>Kapasitas instalasi Pengelolaan Air Limbah Domestik (IPALD) Terpusat</t>
   </si>
   <si>
+    <t>800,00</t>
+  </si>
+  <si>
     <t>m3/hari</t>
   </si>
   <si>
     <t>Peningkatan Panjang Jaringan Irigasi Permukaan</t>
   </si>
   <si>
     <t>0,09</t>
   </si>
   <si>
     <t>Penyusunan Jumlah Dokumen Rencana Induk Sistem Drainase Perkotaan</t>
   </si>
   <si>
     <t>Operasi dan Pemeliharaan Jumlah Sistem Drainase Perkotaan</t>
   </si>
   <si>
     <t>35,00</t>
   </si>
   <si>
     <t>27,00</t>
   </si>
   <si>
     <t>51,00</t>
+  </si>
+  <si>
+    <t>17,00</t>
   </si>
   <si>
     <t>Sistem Drainase Perkotaan</t>
   </si>
   <si>
     <t>Jumlah Rencana Teknis Rinci (RTR/DED) Sistem Penyediaan Air Minum</t>
   </si>
   <si>
     <t>.Jumlah Dokumen Standar Operasi Prosedur Sistem Penyediaan Air Minum (SPAM)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
@@ -738,210 +793,255 @@
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">| n/a Tidak ada</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...5 lines deleted...]
-      <patternFill patternType="none"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD8D8D8"/>
+        <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
-    <border/>
+  <borders count="5">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+  <cellXfs count="16">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="1" numFmtId="4" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="4" fillId="2" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1140,4286 +1240,4229 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D9" sqref="D9:H122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="5.855713" bestFit="true" customWidth="true" style="4"/>
+    <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="4"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="4"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="4"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="4"/>
+    <col min="8" max="8" width="9.140625" customWidth="true" style="4"/>
     <col min="9" max="9" width="15.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.7109375" customWidth="true" style="0"/>
-    <col min="11" max="11" width="47.131348" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="47.131" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="15">
-      <c r="A1" s="5" t="s">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5"/>
-[...8 lines deleted...]
-      <c r="K1" s="5"/>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+      <c r="J1" s="8"/>
+      <c r="K1" s="8"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
-      <c r="A2" s="5"/>
-[...9 lines deleted...]
-      <c r="K2" s="5"/>
+      <c r="A2" s="8"/>
+      <c r="B2" s="8"/>
+      <c r="C2" s="8"/>
+      <c r="D2" s="8"/>
+      <c r="E2" s="8"/>
+      <c r="F2" s="8"/>
+      <c r="G2" s="8"/>
+      <c r="H2" s="8"/>
+      <c r="I2" s="8"/>
+      <c r="J2" s="8"/>
+      <c r="K2" s="8"/>
+    </row>
+    <row r="3" spans="1:11">
+      <c r="K3"/>
     </row>
     <row r="4" spans="1:11">
-      <c r="A4" s="6" t="s">
+      <c r="A4" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="6"/>
-[...8 lines deleted...]
-      <c r="K4" s="6"/>
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="9"/>
+      <c r="K4" s="9"/>
+    </row>
+    <row r="5" spans="1:11">
+      <c r="K5"/>
     </row>
     <row r="6" spans="1:11">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="C6" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="8"/>
-[...3 lines deleted...]
-      <c r="I6" s="7" t="s">
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="J6" s="7" t="s">
+      <c r="J6" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="K6" s="7" t="s">
+      <c r="K6" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7" s="7"/>
-[...1 lines deleted...]
-      <c r="C7" s="7"/>
+      <c r="A7" s="10"/>
+      <c r="B7" s="10"/>
+      <c r="C7" s="10"/>
       <c r="D7" s="3">
         <v>2021</v>
       </c>
       <c r="E7" s="2">
         <v>2022</v>
       </c>
       <c r="F7" s="2">
         <v>2023</v>
       </c>
       <c r="G7" s="3">
         <v>2024</v>
       </c>
       <c r="H7" s="3">
         <v>2025</v>
       </c>
-      <c r="I7" s="7"/>
-[...1 lines deleted...]
-      <c r="K7" s="7"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="10"/>
+      <c r="K7" s="10"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1">
         <v>1</v>
       </c>
       <c r="B8" s="1">
         <v>2</v>
       </c>
       <c r="C8" s="1">
         <v>3</v>
       </c>
       <c r="D8" s="1">
         <v>4</v>
       </c>
       <c r="E8" s="1">
         <v>5</v>
       </c>
       <c r="F8" s="1">
         <v>6</v>
       </c>
       <c r="G8" s="1">
         <v>7</v>
       </c>
       <c r="H8" s="1">
         <v>8</v>
       </c>
       <c r="I8" s="1">
         <v>9</v>
       </c>
       <c r="J8" s="1">
         <v>10</v>
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
-      <c r="A9" s="9" t="s">
+      <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="10" t="s">
+      <c r="B9" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="12" t="s">
-[...20 lines deleted...]
-      <c r="K9" s="10" t="s">
+      <c r="D9" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K9" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="9" t="s">
+      <c r="B10" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="10" t="s">
+      <c r="D10" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H10" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="D10" s="12" t="s">
-[...25 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="B11" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B11" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="12" t="s">
+      <c r="D11" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K11" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="E11" s="12" t="s">
-[...22 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="B12" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B12" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="10" t="s">
+      <c r="D12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="D12" s="12" t="s">
-[...21 lines deleted...]
-        <v>16</v>
+      <c r="I12" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K12" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:11">
-      <c r="A13" s="9" t="s">
+      <c r="A13" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="B13" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="10" t="s">
+      <c r="B13" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="D13" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="12" t="s">
+      <c r="D13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="F13" s="12" t="s">
+      <c r="F13" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="G13" s="12" t="s">
-[...12 lines deleted...]
-        <v>16</v>
+      <c r="G13" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H13" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K13" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:11">
-      <c r="A14" s="9" t="s">
+      <c r="A14" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="B14" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="10" t="s">
+      <c r="B14" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="12" t="s">
-[...21 lines deleted...]
-        <v>16</v>
+      <c r="D14" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K14" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:11">
-      <c r="A15" s="9" t="s">
+      <c r="A15" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="10" t="s">
+      <c r="B15" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="D15" s="12" t="s">
-[...21 lines deleted...]
-        <v>16</v>
+      <c r="D15" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H15" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K15" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:11">
-      <c r="A16" s="9" t="s">
+      <c r="A16" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="B16" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="10" t="s">
+      <c r="B16" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="12" t="s">
+      <c r="D16" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="F16" s="12" t="s">
-[...15 lines deleted...]
-        <v>16</v>
+      <c r="F16" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K16" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:11">
-      <c r="A17" s="9">
+      <c r="A17" s="12">
         <v>138</v>
       </c>
-      <c r="B17" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="10" t="s">
+      <c r="B17" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="D17" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="12" t="s">
+      <c r="D17" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="F17" s="12" t="s">
+      <c r="F17" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="G17" s="12" t="s">
+      <c r="G17" s="14" t="s">
         <v>37</v>
       </c>
-      <c r="H17" s="12" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="H17" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K17" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:11">
-      <c r="A18" s="9">
+      <c r="A18" s="12">
         <v>150</v>
       </c>
-      <c r="B18" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D18" s="12" t="s">
+      <c r="B18" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="E18" s="12" t="s">
+      <c r="E18" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="F18" s="12" t="s">
+      <c r="F18" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="G18" s="12" t="s">
+      <c r="G18" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="H18" s="12" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="H18" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K18" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:11">
-      <c r="A19" s="9">
+      <c r="A19" s="12">
         <v>154</v>
       </c>
-      <c r="B19" s="10" t="s">
-[...27 lines deleted...]
-        <v>16</v>
+      <c r="B19" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H19" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K19" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:11">
-      <c r="A20" s="9">
+      <c r="A20" s="12">
         <v>157</v>
       </c>
-      <c r="B20" s="10" t="s">
-[...27 lines deleted...]
-        <v>16</v>
+      <c r="B20" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H20" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K20" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:11">
-      <c r="A21" s="9">
+      <c r="A21" s="12">
         <v>158</v>
       </c>
-      <c r="B21" s="10" t="s">
-[...27 lines deleted...]
-        <v>16</v>
+      <c r="B21" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K21" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:11">
-      <c r="A22" s="9">
+      <c r="A22" s="12">
         <v>159</v>
       </c>
-      <c r="B22" s="10" t="s">
-[...27 lines deleted...]
-        <v>16</v>
+      <c r="B22" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H22" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I22" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K22" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11">
-      <c r="A23" s="9">
+      <c r="A23" s="12">
         <v>160</v>
       </c>
-      <c r="B23" s="10" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="12" t="s">
+      <c r="B23" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="F23" s="12" t="s">
-[...15 lines deleted...]
-        <v>16</v>
+      <c r="F23" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="I23" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K23" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24" s="9">
+      <c r="A24" s="12">
         <v>162</v>
       </c>
-      <c r="B24" s="10" t="s">
-[...27 lines deleted...]
-        <v>16</v>
+      <c r="B24" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H24" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="I24" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K24" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:11">
-      <c r="A25" s="9">
+      <c r="A25" s="12">
         <v>165</v>
       </c>
-      <c r="B25" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D25" s="12" t="s">
+      <c r="B25" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D25" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E25" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="I25" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K25" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="12">
+        <v>179</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="14" t="s">
         <v>46</v>
       </c>
-      <c r="E25" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="12" t="s">
+      <c r="F26" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="12" t="s">
-[...16 lines deleted...]
-      <c r="A26" s="9">
+      <c r="I26" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K26" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="12">
+        <v>182</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="G27" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H27" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="I27" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K27" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="12">
+        <v>183</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H28" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K28" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" s="12">
+        <v>226</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="F29" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G29" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H29" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K29" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="12">
+        <v>249</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G30" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="H30" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J30" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K30" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="12">
+        <v>251</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="F31" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G31" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H31" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="12">
+        <v>254</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I32" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J32" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="12">
+        <v>255</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I33" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J33" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" s="12">
+        <v>268</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H34" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I34" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K34" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" s="12">
+        <v>294</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F35" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G35" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I35" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K35" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" s="12">
+        <v>309</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C36" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H36" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I36" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="J36" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" s="12">
+        <v>332</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="G37" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H37" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="I37" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="12">
+        <v>356</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C38" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D38" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H38" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J38" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K38" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" s="12">
+        <v>373</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C39" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="G39" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H39" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="I39" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J39" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K39" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" s="12">
+        <v>374</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C40" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="H40" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="I40" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K40" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" s="12">
+        <v>375</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G41" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="H41" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="I41" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J41" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K41" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" s="12">
+        <v>444</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C42" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E42" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G42" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H42" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="I42" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K42" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" s="12">
+        <v>446</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G43" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="H43" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I43" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K43" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" s="12">
+        <v>447</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C44" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D44" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H44" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K44" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" s="12">
+        <v>449</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E45" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="G45" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="H45" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I45" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J45" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K45" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" s="12">
+        <v>452</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C46" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H46" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I46" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K46" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" s="12">
+        <v>455</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C47" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F47" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G47" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H47" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="I47" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K47" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" s="12">
+        <v>459</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H48" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I48" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K48" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" s="12">
+        <v>460</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E49" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F49" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G49" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H49" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="I49" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K49" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" s="12">
+        <v>463</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C50" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D50" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="F50" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="G50" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H50" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="I50" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K50" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" s="12">
+        <v>469</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C51" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D51" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H51" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I51" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K51" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" s="12">
+        <v>475</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C52" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D52" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H52" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K52" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" s="12">
+        <v>479</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="H53" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I53" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K53" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" s="12">
+        <v>486</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C54" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G54" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H54" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="I54" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K54" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" s="12">
+        <v>489</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C55" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D55" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H55" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I55" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K55" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" s="12">
+        <v>507</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C56" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="H56" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="I56" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="J56" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" s="12">
+        <v>558</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C57" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H57" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="I57" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="J57" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K57" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" s="12">
+        <v>567</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C58" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="D58" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="14" t="s">
+        <v>121</v>
+      </c>
+      <c r="H58" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="I58" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="J58" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K58" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" s="12">
+        <v>571</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C59" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H59" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="I59" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J59" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K59" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" s="12">
+        <v>610</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C60" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="D60" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="E60" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="F60" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G60" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="H60" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I60" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K60" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" s="12">
+        <v>614</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="D61" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H61" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I61" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K61" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" s="12">
+        <v>615</v>
+      </c>
+      <c r="B62" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C62" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="D62" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H62" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I62" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="J62" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K62" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" s="12">
+        <v>626</v>
+      </c>
+      <c r="B63" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C63" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="D63" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H63" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I63" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J63" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K63" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" s="12">
+        <v>650</v>
+      </c>
+      <c r="B64" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="D64" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="E64" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="F64" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="G64" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="H64" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="I64" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J64" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K64" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" s="12">
+        <v>715</v>
+      </c>
+      <c r="B65" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C65" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="D65" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="E65" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="F65" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="G65" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="H65" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="I65" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J65" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K65" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" s="12">
+        <v>721</v>
+      </c>
+      <c r="B66" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D66" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="E66" s="14" t="s">
+        <v>142</v>
+      </c>
+      <c r="F66" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="G66" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="H66" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="I66" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J66" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K66" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" s="12">
+        <v>733</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C67" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="D67" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="E67" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="F67" s="14" t="s">
+        <v>148</v>
+      </c>
+      <c r="G67" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="H67" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="I67" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J67" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K67" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" s="12">
+        <v>745</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="D68" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H68" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I68" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K68" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="B69" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C69" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="D69" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="F69" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="H69" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="I69" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="J69" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K69" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="B70" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="D70" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H70" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I70" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K70" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C71" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="D71" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H71" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I71" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J71" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="K71" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" s="12">
+        <v>107</v>
+      </c>
+      <c r="B72" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="D72" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H72" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I72" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K72" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" s="12">
+        <v>133</v>
+      </c>
+      <c r="B73" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C73" s="13" t="s">
+        <v>162</v>
+      </c>
+      <c r="D73" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H73" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I73" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J73" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K73" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" s="12">
+        <v>135</v>
+      </c>
+      <c r="B74" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C74" s="13" t="s">
+        <v>163</v>
+      </c>
+      <c r="D74" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H74" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I74" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" s="12">
+        <v>193</v>
+      </c>
+      <c r="B75" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C75" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="D75" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H75" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I75" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="J75" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K75" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" s="12">
+        <v>257</v>
+      </c>
+      <c r="B76" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C76" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="D76" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="E76" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="F76" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="G76" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="H76" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="I76" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J76" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K76" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" s="12">
+        <v>316</v>
+      </c>
+      <c r="B77" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="13" t="s">
+        <v>168</v>
+      </c>
+      <c r="D77" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H77" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I77" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="J77" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" s="12">
+        <v>378</v>
+      </c>
+      <c r="B78" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C78" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="D78" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H78" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I78" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="J78" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K78" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" s="12">
+        <v>387</v>
+      </c>
+      <c r="B79" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C79" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="D79" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="G79" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H79" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="I79" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="J79" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K79" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" s="12">
+        <v>406</v>
+      </c>
+      <c r="B80" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C80" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="D80" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="F80" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="G80" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="H80" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="I80" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="J80" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K80" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" s="12">
+        <v>407</v>
+      </c>
+      <c r="B81" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C81" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="D81" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="F81" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="G81" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="H81" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="B26" s="10" t="s">
-[...8 lines deleted...]
-      <c r="E26" s="12" t="s">
+      <c r="I81" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="J81" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K81" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" s="12">
+        <v>414</v>
+      </c>
+      <c r="B82" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C82" s="13" t="s">
+        <v>180</v>
+      </c>
+      <c r="D82" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H82" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="I82" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="J82" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K82" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" s="12">
+        <v>419</v>
+      </c>
+      <c r="B83" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C83" s="13" t="s">
+        <v>182</v>
+      </c>
+      <c r="D83" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H83" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I83" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J83" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" s="12">
+        <v>421</v>
+      </c>
+      <c r="B84" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C84" s="13" t="s">
+        <v>183</v>
+      </c>
+      <c r="D84" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="H84" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I84" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="J84" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11">
+      <c r="A85" s="12">
+        <v>428</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C85" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="D85" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H85" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I85" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J85" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K85" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11">
+      <c r="A86" s="12">
+        <v>429</v>
+      </c>
+      <c r="B86" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C86" s="13" t="s">
+        <v>187</v>
+      </c>
+      <c r="D86" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H86" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I86" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K86" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" s="12">
+        <v>431</v>
+      </c>
+      <c r="B87" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C87" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="D87" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H87" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="I87" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J87" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K87" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11">
+      <c r="A88" s="12">
+        <v>433</v>
+      </c>
+      <c r="B88" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C88" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="D88" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H88" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I88" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J88" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K88" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11">
+      <c r="A89" s="12">
+        <v>436</v>
+      </c>
+      <c r="B89" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C89" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D89" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H89" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I89" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J89" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K89" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11">
+      <c r="A90" s="12">
+        <v>438</v>
+      </c>
+      <c r="B90" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C90" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="D90" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H90" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I90" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K90" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11">
+      <c r="A91" s="12">
+        <v>443</v>
+      </c>
+      <c r="B91" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C91" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="D91" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H91" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I91" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J91" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K91" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11">
+      <c r="A92" s="12">
+        <v>470</v>
+      </c>
+      <c r="B92" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C92" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="D92" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H92" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I92" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J92" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K92" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11">
+      <c r="A93" s="12">
+        <v>474</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C93" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H93" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I93" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J93" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K93" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11">
+      <c r="A94" s="12">
+        <v>476</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C94" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="D94" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H94" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I94" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K94" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11">
+      <c r="A95" s="12">
+        <v>478</v>
+      </c>
+      <c r="B95" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C95" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="D95" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H95" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I95" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J95" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11">
+      <c r="A96" s="12">
+        <v>480</v>
+      </c>
+      <c r="B96" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C96" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="D96" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H96" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I96" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J96" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K96" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" s="12">
+        <v>482</v>
+      </c>
+      <c r="B97" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C97" s="13" t="s">
+        <v>198</v>
+      </c>
+      <c r="D97" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H97" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I97" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J97" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K97" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" s="12">
+        <v>484</v>
+      </c>
+      <c r="B98" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C98" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="D98" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I98" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K98" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" s="12">
+        <v>492</v>
+      </c>
+      <c r="B99" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C99" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H99" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I99" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K99" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" s="12">
+        <v>503</v>
+      </c>
+      <c r="B100" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C100" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="D100" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H100" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I100" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J100" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K100" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" s="12">
+        <v>505</v>
+      </c>
+      <c r="B101" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C101" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H101" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I101" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J101" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K101" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" s="12">
+        <v>506</v>
+      </c>
+      <c r="B102" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C102" s="13" t="s">
+        <v>203</v>
+      </c>
+      <c r="D102" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H102" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I102" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="J102" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K102" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" s="12">
+        <v>515</v>
+      </c>
+      <c r="B103" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C103" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E103" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H103" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I103" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J103" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K103" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" s="12">
+        <v>517</v>
+      </c>
+      <c r="B104" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C104" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="D104" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H104" s="14" t="s">
         <v>51</v>
       </c>
-      <c r="F26" s="12" t="s">
-[...89 lines deleted...]
-      <c r="A29" s="9">
+      <c r="I104" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="J104" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K104" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" s="12">
+        <v>531</v>
+      </c>
+      <c r="B105" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C105" s="13" t="s">
+        <v>207</v>
+      </c>
+      <c r="D105" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H105" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="I105" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="J105" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K105" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" s="12">
+        <v>533</v>
+      </c>
+      <c r="B106" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C106" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="D106" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I106" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="J106" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K106" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" s="12">
+        <v>538</v>
+      </c>
+      <c r="B107" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C107" s="13" t="s">
+        <v>209</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E107" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H107" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I107" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J107" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K107" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" s="12">
+        <v>542</v>
+      </c>
+      <c r="B108" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C108" s="13" t="s">
+        <v>210</v>
+      </c>
+      <c r="D108" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E108" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H108" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I108" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="J108" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K108" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" s="12">
+        <v>559</v>
+      </c>
+      <c r="B109" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C109" s="13" t="s">
+        <v>212</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I109" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="J109" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K109" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" s="12">
+        <v>570</v>
+      </c>
+      <c r="B110" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C110" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="D110" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H110" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="I110" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J110" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K110" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" s="12">
+        <v>590</v>
+      </c>
+      <c r="B111" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C111" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="D111" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H111" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I111" s="13" t="s">
+        <v>216</v>
+      </c>
+      <c r="J111" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K111" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" s="12">
+        <v>609</v>
+      </c>
+      <c r="B112" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C112" s="13" t="s">
+        <v>217</v>
+      </c>
+      <c r="D112" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H112" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I112" s="13" t="s">
+        <v>218</v>
+      </c>
+      <c r="J112" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K112" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11">
+      <c r="A113" s="12">
+        <v>623</v>
+      </c>
+      <c r="B113" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C113" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D113" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H113" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I113" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J113" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K113" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11">
+      <c r="A114" s="12">
+        <v>625</v>
+      </c>
+      <c r="B114" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C114" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="D114" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H114" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="I114" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="J114" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K114" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11">
+      <c r="A115" s="12">
+        <v>709</v>
+      </c>
+      <c r="B115" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C115" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="D115" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E115" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="F115" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H115" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I115" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J115" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K115" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11">
+      <c r="A116" s="12">
+        <v>715</v>
+      </c>
+      <c r="B116" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C116" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="E116" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="F116" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="G116" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="H116" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="I116" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J116" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K116" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11">
+      <c r="A117" s="12">
+        <v>731</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C117" s="13" t="s">
+        <v>224</v>
+      </c>
+      <c r="D117" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H117" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I117" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J117" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K117" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11">
+      <c r="A118" s="12">
+        <v>735</v>
+      </c>
+      <c r="B118" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C118" s="13" t="s">
+        <v>225</v>
+      </c>
+      <c r="D118" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="E118" s="14" t="s">
         <v>226</v>
       </c>
-      <c r="B29" s="10" t="s">
-[...2925 lines deleted...]
-      <c r="I112" s="10" t="s">
+      <c r="F118" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="G118" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="H118" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="I118" s="13" t="s">
+        <v>230</v>
+      </c>
+      <c r="J118" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K118" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11">
+      <c r="A119" s="12">
+        <v>746</v>
+      </c>
+      <c r="B119" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C119" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="D119" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E119" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H119" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="I119" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J119" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K119" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11">
+      <c r="A120" s="12">
+        <v>747</v>
+      </c>
+      <c r="B120" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C120" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="D120" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E120" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H120" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I120" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J120" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K120" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11">
+      <c r="A121" s="12">
+        <v>748</v>
+      </c>
+      <c r="B121" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C121" s="13" t="s">
         <v>202</v>
       </c>
-      <c r="J112" s="10" t="s">
-[...318 lines deleted...]
-        <v>16</v>
+      <c r="D121" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H121" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="I121" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J121" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="K121" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:11">
-      <c r="A122" s="11" t="inlineStr">
-[...75 lines deleted...]
-      <c r="K122" s="11"/>
+      <c r="A122" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="B122" s="6"/>
+      <c r="C122" s="6"/>
+      <c r="D122" s="15"/>
+      <c r="E122" s="15"/>
+      <c r="F122" s="15"/>
+      <c r="G122" s="15"/>
+      <c r="H122" s="15"/>
+      <c r="I122" s="6"/>
+      <c r="J122" s="6"/>
+      <c r="K122" s="7"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A122:K122"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1ps"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>amar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>