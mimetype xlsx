--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -13,119 +13,131 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : Lembaga dan Organisasi Masyarakat</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
     <t>Sumber Data</t>
   </si>
   <si>
     <t>001</t>
   </si>
   <si>
     <t>KESATUAN BANGSA DAN POLITIK</t>
   </si>
   <si>
     <t>Persentase organisasi kemasyarakatan tingkat daerah yang menyelenggarakan pemberdayaan perempuan</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>6,00</t>
+  </si>
+  <si>
     <t>%</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>Badan Kesatuan Bangsa dan Politik</t>
   </si>
   <si>
     <t>002</t>
   </si>
   <si>
     <t>Jumlah Organisasi Kemasyarakatan yang terdaftar</t>
   </si>
   <si>
+    <t>173,00</t>
+  </si>
+  <si>
     <t>Organisasi</t>
   </si>
   <si>
     <t>003</t>
   </si>
   <si>
     <t>Jumlah Organisasi Perempuan</t>
   </si>
   <si>
+    <t>10,00</t>
+  </si>
+  <si>
     <t>004</t>
   </si>
   <si>
     <t>Jumlah Anggota dalam Organisasi Perempuan</t>
+  </si>
+  <si>
+    <t>500,00</t>
   </si>
   <si>
     <t>Orang</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -157,81 +169,91 @@
         <color rgb="FFFFC000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Sangat Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">| n/a Tidak ada</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="3">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFf99f1b"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -267,95 +289,98 @@
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="17">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -799,170 +824,170 @@
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K9" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="12" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B10" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F10" s="14" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="14" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K10" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="12" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I11" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="D11" s="14" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J11" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K11" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="12" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B12" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="H12" s="14" t="s">
-        <v>12</v>
+      <c r="H12" s="16" t="s">
+        <v>26</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K12" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="7"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A13:K13"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>