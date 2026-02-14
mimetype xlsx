--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -1,62 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : Kinerja Badan Kepegawaian dan Pengembangan Sumber Daya Manusia</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
@@ -72,50 +73,86 @@
     <t>Indeks Profesionalitas ASN</t>
   </si>
   <si>
     <t>81,32</t>
   </si>
   <si>
     <t>89,84</t>
   </si>
   <si>
     <t>89,90</t>
   </si>
   <si>
     <t>89,90 *</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>Badan Kepegawaian dan Pengembangan Sumber Daya Manusia</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>Persentase pejabat ASN yang ditempatkan sesuai potensi dan kinerja</t>
+  </si>
+  <si>
+    <t>61,69</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>Indeks Sistem Merit</t>
+  </si>
+  <si>
+    <t>209,00</t>
+  </si>
+  <si>
+    <t>272,50</t>
+  </si>
+  <si>
+    <t>306,00</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>indeks</t>
+  </si>
+  <si>
+    <t>004</t>
+  </si>
+  <si>
+    <t>Indeks Kepuasan Layanan Kepegawaian</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -153,222 +190,268 @@
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">| n/a Tidak ada</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFe51c23"/>
       <name val="Calibri"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...5 lines deleted...]
-      <patternFill patternType="none"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD8D8D8"/>
+        <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
-    <border/>
+  <borders count="5">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+  <cellXfs count="17">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="1" numFmtId="4" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="1" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="4" fillId="2" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="4" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -567,366 +650,414 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K10"/>
+  <dimension ref="A1:K13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D9" sqref="D9:H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="5.855713" bestFit="true" customWidth="true" style="4"/>
+    <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="4"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="4"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="4"/>
+    <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="4"/>
+    <col min="8" max="8" width="9.140625" customWidth="true" style="4"/>
     <col min="9" max="9" width="15.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.7109375" customWidth="true" style="0"/>
-    <col min="11" max="11" width="64.841309" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="15">
-      <c r="A1" s="5" t="s">
+      <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="5"/>
-[...8 lines deleted...]
-      <c r="K1" s="5"/>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+      <c r="J1" s="8"/>
+      <c r="K1" s="8"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
-      <c r="A2" s="5"/>
-[...9 lines deleted...]
-      <c r="K2" s="5"/>
+      <c r="A2" s="8"/>
+      <c r="B2" s="8"/>
+      <c r="C2" s="8"/>
+      <c r="D2" s="8"/>
+      <c r="E2" s="8"/>
+      <c r="F2" s="8"/>
+      <c r="G2" s="8"/>
+      <c r="H2" s="8"/>
+      <c r="I2" s="8"/>
+      <c r="J2" s="8"/>
+      <c r="K2" s="8"/>
+    </row>
+    <row r="3" spans="1:11">
+      <c r="K3"/>
     </row>
     <row r="4" spans="1:11">
-      <c r="A4" s="6" t="s">
+      <c r="A4" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="6"/>
-[...8 lines deleted...]
-      <c r="K4" s="6"/>
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="9"/>
+      <c r="K4" s="9"/>
+    </row>
+    <row r="5" spans="1:11">
+      <c r="K5"/>
     </row>
     <row r="6" spans="1:11">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="C6" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="8"/>
-[...3 lines deleted...]
-      <c r="I6" s="7" t="s">
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="J6" s="7" t="s">
+      <c r="J6" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="K6" s="7" t="s">
+      <c r="K6" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7" s="7"/>
-[...1 lines deleted...]
-      <c r="C7" s="7"/>
+      <c r="A7" s="10"/>
+      <c r="B7" s="10"/>
+      <c r="C7" s="10"/>
       <c r="D7" s="3">
         <v>2021</v>
       </c>
       <c r="E7" s="2">
         <v>2022</v>
       </c>
       <c r="F7" s="2">
         <v>2023</v>
       </c>
       <c r="G7" s="3">
         <v>2024</v>
       </c>
       <c r="H7" s="3">
         <v>2025</v>
       </c>
-      <c r="I7" s="7"/>
-[...1 lines deleted...]
-      <c r="K7" s="7"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="10"/>
+      <c r="K7" s="10"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1">
         <v>1</v>
       </c>
       <c r="B8" s="1">
         <v>2</v>
       </c>
       <c r="C8" s="1">
         <v>3</v>
       </c>
       <c r="D8" s="1">
         <v>4</v>
       </c>
       <c r="E8" s="1">
         <v>5</v>
       </c>
       <c r="F8" s="1">
         <v>6</v>
       </c>
       <c r="G8" s="1">
         <v>7</v>
       </c>
       <c r="H8" s="1">
         <v>8</v>
       </c>
       <c r="I8" s="1">
         <v>9</v>
       </c>
       <c r="J8" s="1">
         <v>10</v>
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
-      <c r="A9" s="9" t="s">
+      <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="C9" s="10" t="s">
+      <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="12" t="s">
+      <c r="D9" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="E9" s="12" t="s">
+      <c r="E9" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="F9" s="12" t="s">
+      <c r="F9" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="14" t="s">
+      <c r="G9" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="H9" s="12" t="s">
+      <c r="H9" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="I9" s="10" t="s">
+      <c r="I9" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="J9" s="10" t="s">
+      <c r="J9" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="K9" s="10" t="s">
+      <c r="K9" s="13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
-      <c r="A10" s="11" t="inlineStr">
-[...75 lines deleted...]
-      <c r="K10" s="11"/>
+      <c r="A10" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="H11" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" s="13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" s="13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="6"/>
+      <c r="J13" s="6"/>
+      <c r="K13" s="7"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A10:K10"/>
+    <mergeCell ref="A13:K13"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1ps"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>amar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>