--- v0 (2026-01-30)
+++ v1 (2026-03-18)
@@ -13,92 +13,95 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>APLIKASI SATU DATA KEDIRI</t>
   </si>
   <si>
     <t>Elemen : Kejadian Bencana</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Bidang Urusan</t>
   </si>
   <si>
     <t>Sub Elemen</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Satuan</t>
   </si>
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
     <t>Sumber Data</t>
   </si>
   <si>
     <t>033</t>
   </si>
   <si>
     <t>KETENTERAMAN DAN KETERTIBAN UMUM SERTA PERLINDUNGAN MASYARAKAT</t>
   </si>
   <si>
     <t>Jumlah Desa/Kelurahan yang Mengalami Bencana Alam</t>
   </si>
   <si>
     <t>100,00</t>
   </si>
   <si>
     <t>-</t>
+  </si>
+  <si>
+    <t>80,00</t>
   </si>
   <si>
     <t>Rumah</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>Badan Penanggulangan Bencana Daerah</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">*) Sementara </t>
@@ -775,68 +778,68 @@
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K9" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="7"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A10:K10"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>