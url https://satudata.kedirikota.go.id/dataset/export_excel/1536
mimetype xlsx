--- v0 (2026-01-30)
+++ v1 (2026-03-18)
@@ -60,51 +60,51 @@
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
     <t>Sumber Data</t>
   </si>
   <si>
     <t>011.01.02</t>
   </si>
   <si>
     <t>ADMINISTRASI KEPENDUDUKAN DAN PENCATATAN SIPIL</t>
   </si>
   <si>
     <t xml:space="preserve">                Kecamatan Kota</t>
   </si>
   <si>
     <t>77.706,00</t>
   </si>
   <si>
     <t>78.178,00</t>
   </si>
   <si>
     <t>78.846,00</t>
   </si>
   <si>
-    <t>79.234,00 *</t>
+    <t>79.295,00</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>jiwa</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>Dinas Kependudukan Dan Pencatatan Sipil</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>
@@ -145,91 +145,81 @@
         <color rgb="FFFFC000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Sangat Sementara </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">| n/a Tidak ada</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="4">
+  <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -265,95 +255,92 @@
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -633,51 +620,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D9" sqref="D9:H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="4"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="4"/>
     <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="4"/>
-    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="4"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="4"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="4"/>
     <col min="9" max="9" width="15.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="47.131" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="15">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
@@ -793,51 +780,51 @@
         <v>10</v>
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="15" t="s">
+      <c r="G9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="12" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="12" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
       <c r="G10" s="14"/>