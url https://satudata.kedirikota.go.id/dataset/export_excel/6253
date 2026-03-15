--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -778,51 +778,51 @@
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>14</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>15</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>