--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -620,51 +620,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D9" sqref="D9:H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="4"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="4"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="4"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="4"/>
+    <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="4"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="4"/>
     <col min="9" max="9" width="15.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="15">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
       <c r="A2" s="8"/>
       <c r="B2" s="8"/>
       <c r="C2" s="8"/>
@@ -781,51 +781,51 @@
       </c>
       <c r="K8" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="14" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>