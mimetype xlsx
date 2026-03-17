--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -60,51 +60,51 @@
   <si>
     <t>Sifat Data</t>
   </si>
   <si>
     <t>Sumber Data</t>
   </si>
   <si>
     <t>001</t>
   </si>
   <si>
     <t>ADMINISTRASI KEPENDUDUKAN DAN PENCATATAN SIPIL</t>
   </si>
   <si>
     <t>Jumlah Penduduk Awal Tahun</t>
   </si>
   <si>
     <t>292.262,00</t>
   </si>
   <si>
     <t>294.692,00</t>
   </si>
   <si>
     <t>298.820,00</t>
   </si>
   <si>
-    <t>301.326,00</t>
+    <t>301.424,00</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>jiwa</t>
   </si>
   <si>
     <t>Tahunan</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tetap | </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFF0000"/>
         <sz val="11"/>